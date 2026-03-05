--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -180,57 +180,57 @@
   <si>
     <t>Селюжицкий Виталий</t>
   </si>
   <si>
     <t>23-20</t>
   </si>
   <si>
     <t>Мишунин Марат</t>
   </si>
   <si>
     <t>24-45</t>
   </si>
   <si>
     <t>Тихоньких Андрей</t>
   </si>
   <si>
     <t>25-22</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>28-15</t>
   </si>
   <si>
+    <t>Звягинцев Максим</t>
+  </si>
+  <si>
+    <t>32-00</t>
+  </si>
+  <si>
     <t>Фатеев Станислав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Звягинцев Максим</t>
   </si>
   <si>
     <t>32-57</t>
   </si>
   <si>
     <t>Магодеев Олег</t>
   </si>
   <si>
     <t>38-08</t>
   </si>
   <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Мурашкин Николай</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1801,88 +1801,88 @@
       <c r="L35" s="7">
         <v>21</v>
       </c>
       <c r="M35" s="7">
         <v>68</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>51</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H36" s="7">
         <v>7</v>
       </c>
       <c r="I36" s="7"/>
       <c r="J36" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K36" s="7">
         <v>88</v>
       </c>
       <c r="L36" s="7">
         <v>71</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>51</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H37" s="7">
         <v>8</v>
       </c>
       <c r="I37" s="7"/>
       <c r="J37" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K37" s="7">
         <v>68</v>
       </c>
       <c r="L37" s="7">
         <v>0</v>
       </c>
       <c r="M37" s="7">
         <v>0</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">