--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -201,57 +201,57 @@
   <si>
     <t>Рыженков Дмитрий</t>
   </si>
   <si>
     <t>20:27</t>
   </si>
   <si>
     <t>Бордаковский Александр</t>
   </si>
   <si>
     <t>22:45</t>
   </si>
   <si>
     <t>Агапов Сергей</t>
   </si>
   <si>
     <t>28:05</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>30:30</t>
   </si>
   <si>
+    <t>Правский Артем</t>
+  </si>
+  <si>
+    <t>33:19</t>
+  </si>
+  <si>
     <t>Нагишев Михаил</t>
-  </si>
-[...4 lines deleted...]
-    <t>Правский Артем</t>
   </si>
   <si>
     <t>38:12</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>44:38</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
@@ -1947,88 +1947,88 @@
       <c r="L38" s="7">
         <v>11</v>
       </c>
       <c r="M38" s="7">
         <v>0</v>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>32</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H39" s="7">
         <v>10</v>
       </c>
       <c r="I39" s="7"/>
       <c r="J39" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K39" s="7">
         <v>10</v>
       </c>
       <c r="L39" s="7">
         <v>18</v>
       </c>
       <c r="M39" s="7">
         <v>0</v>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>32</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H40" s="7">
         <v>11</v>
       </c>
       <c r="I40" s="7"/>
       <c r="J40" s="7" t="s">
         <v>64</v>
       </c>
       <c r="K40" s="7">
         <v>11</v>
       </c>
       <c r="L40" s="7">
         <v>10</v>
       </c>
       <c r="M40" s="7">
         <v>0</v>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">