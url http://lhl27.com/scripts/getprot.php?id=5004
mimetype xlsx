--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -201,54 +201,54 @@
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>12-26</t>
   </si>
   <si>
     <t>06-28</t>
   </si>
   <si>
     <t>Алексенко Максим</t>
   </si>
   <si>
     <t>22-29</t>
   </si>
   <si>
     <t>34-09</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
+    <t>Пляскин Михаил</t>
+  </si>
+  <si>
     <t>Мишустин Степан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>