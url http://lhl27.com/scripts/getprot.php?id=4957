--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Rock-n-Rolla» Vs «ДПС»</t>
   </si>
   <si>
     <t>2022 - 2023 Высшая лига</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 19.02.2023</t>
   </si>
   <si>
     <t>Начало 21-30</t>
   </si>
   <si>
     <t>Игра HL41 RNR-DPS</t>
   </si>
   <si>
     <t>Команда « А » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -192,72 +192,69 @@
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Денисов Денис</t>
   </si>
   <si>
     <t>Горченков Иван</t>
   </si>
   <si>
     <t>Боярчук Михаил</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
+    <t>Махраков Даниил</t>
+  </si>
+  <si>
     <t>Братега Артем</t>
   </si>
   <si>
-    <t>Махраков Даниил</t>
-[...1 lines deleted...]
-  <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
   <si>
     <t>Харламов Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1955,78 +1952,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>89</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>89</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7"/>
       <c r="B44" s="12"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7"/>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
@@ -2300,53 +2297,51 @@
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23" t="s">
         <v>64</v>
       </c>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
-      <c r="P57" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="L2:N2"/>
     <mergeCell ref="O2:Q2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="H3:M3"/>
     <mergeCell ref="N3:S3"/>
     <mergeCell ref="A28:G28"/>