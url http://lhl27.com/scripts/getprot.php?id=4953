--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -117,59 +117,59 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>36-34</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>43-30</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
+    <t>Панов Александр</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
-    <t>Трофимович Дмитрий</t>
-[...4 lines deleted...]
-  <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Таёжный»</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>11-00</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
@@ -201,54 +201,54 @@
   <si>
     <t>41-45</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Писарев Артем</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
@@ -1045,155 +1045,155 @@
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>10</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O8" s="6">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>3</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>82</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1821,51 +1821,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>30</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>34</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1946,78 +1946,78 @@
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">