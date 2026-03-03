--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -81,123 +81,123 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Пилюгин Дмитрий</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>04-02</t>
+  </si>
+  <si>
+    <t>24-30</t>
+  </si>
+  <si>
+    <t>Стасенко Александр</t>
+  </si>
+  <si>
+    <t>11-08</t>
+  </si>
+  <si>
+    <t>27-38</t>
+  </si>
+  <si>
+    <t>Первов Михаил</t>
+  </si>
+  <si>
+    <t>12-41</t>
+  </si>
+  <si>
+    <t>44-00</t>
+  </si>
+  <si>
+    <t>Кузнецов Александр</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>21-32</t>
+  </si>
+  <si>
+    <t>Саломатин Дмитрий</t>
+  </si>
+  <si>
+    <t>22-44</t>
+  </si>
+  <si>
+    <t>Писарев Артем</t>
+  </si>
+  <si>
+    <t>Ушаков Игорь</t>
+  </si>
+  <si>
+    <t>Филипчук Виталий</t>
+  </si>
+  <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
+    <t>Путин Евгений</t>
+  </si>
+  <si>
+    <t>Федоренко Федор</t>
+  </si>
+  <si>
+    <t>Филипчук Анатолий</t>
+  </si>
+  <si>
+    <t>Писарь Максим</t>
+  </si>
+  <si>
     <t>Левицкий Борис</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...67 lines deleted...]
-    <t>Писарь Максим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>23-09</t>
   </si>
   <si>
     <t>14-20</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>41-25</t>
   </si>
@@ -918,486 +918,486 @@
       </c>
       <c r="M4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="P4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" s="5">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="5">
         <v>14</v>
       </c>
       <c r="L5" s="5">
         <v>28</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
         <v>34</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>9</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K6" s="6">
         <v>82</v>
       </c>
       <c r="L6" s="6">
         <v>34</v>
       </c>
       <c r="M6" s="8">
         <v>28</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="O6" s="6">
         <v>11</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>5</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B7" s="12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K7" s="6">
         <v>30</v>
       </c>
       <c r="L7" s="6">
         <v>89</v>
       </c>
       <c r="M7" s="8">
         <v>99</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O7" s="6">
         <v>11</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>3</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="6">
         <v>30</v>
       </c>
       <c r="L8" s="6">
         <v>28</v>
       </c>
       <c r="M8" s="8">
         <v>99</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="K9" s="6">
         <v>72</v>
       </c>
       <c r="L9" s="6">
         <v>5</v>
       </c>
       <c r="M9" s="8">
         <v>28</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1651,457 +1651,457 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>3</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>50</v>
       </c>
       <c r="K30" s="7">
         <v>85</v>
       </c>
       <c r="L30" s="7">
         <v>72</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O30" s="7">
         <v>18</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>7</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K31" s="7">
         <v>37</v>
       </c>
       <c r="L31" s="7">
         <v>18</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>8</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>18</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>24</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>31</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>37</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>72</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>78</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>80</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>87</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>90</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>91</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>91</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>92</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7"/>
       <c r="B45" s="12"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>