--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -153,57 +153,57 @@
   <si>
     <t>Кормилицын Константин</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Носачев Арсений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Таёжный»</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>09-34</t>
   </si>
   <si>
+    <t>Рюмкин Алексей</t>
+  </si>
+  <si>
+    <t>15-47</t>
+  </si>
+  <si>
     <t>Пилюгин Дмитрий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Рюмкин Алексей</t>
   </si>
   <si>
     <t>17-27</t>
   </si>
   <si>
     <t>40-41</t>
   </si>
   <si>
     <t>Стасенко Александр</t>
   </si>
   <si>
     <t>+2</t>
   </si>
   <si>
     <t>20-01</t>
   </si>
   <si>
     <t>Первов Михаил</t>
   </si>
   <si>
     <t>24-22</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
@@ -1652,96 +1652,96 @@
       </c>
       <c r="O30" s="7">
         <v>72</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>19</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>11</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K31" s="7">
         <v>14</v>
       </c>
       <c r="L31" s="7">
         <v>61</v>
       </c>
       <c r="M31" s="7">
         <v>93</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O31" s="7">
         <v>72</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>7</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>11</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K32" s="7">
         <v>12</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O32" s="7">
         <v>9</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>