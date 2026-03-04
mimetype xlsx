--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -135,54 +135,54 @@
   <si>
     <t>Остапенко Никита</t>
   </si>
   <si>
     <t>26:01</t>
   </si>
   <si>
     <t>Рудичев Сергей</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Нагайко Дмитрий</t>
   </si>
   <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Стукушкин Егор</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
+    <t>Высотин Алексей</t>
+  </si>
+  <si>
     <t>Беляевский Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Высотин Алексей</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Крахин Сергей</t>
   </si>
   <si>
     <t>Скорняков Егор</t>
   </si>
   <si>
     <t>Понкратьев Павел</t>
   </si>
   <si>
     <t>Сокаль Евгений</t>
   </si>
   <si>
     <t>Кормилицын Константин</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Носачев Арсений</t>
   </si>