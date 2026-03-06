--- v0 (2025-12-09)
+++ v1 (2026-03-06)
@@ -129,54 +129,54 @@
   <si>
     <t>Турчин Василий</t>
   </si>
   <si>
     <t>Фокин Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Аникин Олег</t>
   </si>
   <si>
     <t>Глущенко Максим</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
+    <t>Севостьянов Александр</t>
+  </si>
+  <si>
     <t>Малашенко Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Урупа Андрей</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Бастион»</t>
   </si>
   <si>
     <t>Юдин Виталий</t>
   </si>
   <si>
     <t>4:05</t>
   </si>