--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -126,60 +126,60 @@
   <si>
     <t>28-00</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>24-06</t>
   </si>
   <si>
     <t>34-54</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>28-52</t>
   </si>
   <si>
     <t>39-40</t>
   </si>
   <si>
+    <t>Зорин Никита</t>
+  </si>
+  <si>
+    <t>31-09</t>
+  </si>
+  <si>
+    <t>43-00</t>
+  </si>
+  <si>
     <t>Гутов Иван</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зорин Никита</t>
   </si>
   <si>
     <t>35-12</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Панов Александр</t>
   </si>
   <si>
     <t>Денисов Денис</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
@@ -1126,96 +1126,96 @@
       </c>
       <c r="O8" s="6">
         <v>77</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>3</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>14</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="6">
         <v>32</v>
       </c>
       <c r="L9" s="6">
         <v>89</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="O9" s="6">
         <v>9</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>3</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>14</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K10" s="6">
         <v>88</v>
       </c>
       <c r="L10" s="6">
         <v>92</v>
       </c>
       <c r="M10" s="8">
         <v>9</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">