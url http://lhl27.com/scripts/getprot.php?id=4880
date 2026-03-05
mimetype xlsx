--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -129,57 +129,57 @@
   <si>
     <t>Салагубов Иван</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>20-12</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>22-05</t>
   </si>
   <si>
     <t>Воронцов Роман</t>
   </si>
   <si>
     <t>+2</t>
   </si>
   <si>
     <t>29-00</t>
   </si>
   <si>
+    <t>Молофеев Александр</t>
+  </si>
+  <si>
+    <t>32-00</t>
+  </si>
+  <si>
     <t>Толмаченко Всеволод</t>
-  </si>
-[...4 lines deleted...]
-    <t>Молофеев Александр</t>
   </si>
   <si>
     <t>Харитонов Геннадий</t>
   </si>
   <si>
     <t>Беляков Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>27-30</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>