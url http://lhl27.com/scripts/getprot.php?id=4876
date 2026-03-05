--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -207,57 +207,57 @@
   <si>
     <t>09-08</t>
   </si>
   <si>
     <t>Стасенко Александр</t>
   </si>
   <si>
     <t>29-02</t>
   </si>
   <si>
     <t>Первов Михаил</t>
   </si>
   <si>
     <t>42-07</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
+    <t>Путин Евгений</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Путин Евгений</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
@@ -1740,51 +1740,51 @@
       <c r="G32" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7">
         <v>-1</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K32" s="7">
         <v>14</v>
       </c>
       <c r="L32" s="7">
         <v>7</v>
       </c>
       <c r="M32" s="7">
         <v>28</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O32" s="7">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="7"/>
@@ -1904,105 +1904,105 @@
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">