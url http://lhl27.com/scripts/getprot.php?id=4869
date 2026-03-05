--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -135,57 +135,57 @@
   <si>
     <t>36:50</t>
   </si>
   <si>
     <t>35:12</t>
   </si>
   <si>
     <t>Стасенко Александр</t>
   </si>
   <si>
     <t>41:35</t>
   </si>
   <si>
     <t>Первов Михаил</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Писарев Артем</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
+    <t>Путин Евгений</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Путин Евгений</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Фины»</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
@@ -1190,105 +1190,105 @@
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">