--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -1043,51 +1043,51 @@
         <v>30</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O8" s="6">
         <v>97</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>2</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="6">
         <v>97</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>