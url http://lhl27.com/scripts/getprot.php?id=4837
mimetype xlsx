--- v0 (2025-12-08)
+++ v1 (2026-03-06)
@@ -132,57 +132,57 @@
   <si>
     <t>Кукало Анастасия</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Щавинский Кирилл</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Губкин Егор</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада»</t>
   </si>
   <si>
     <t>Оселедец Станислав</t>
   </si>
   <si>
     <t>26:06</t>
   </si>
   <si>
     <t>22:21</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>38:28</t>
   </si>
@@ -1266,78 +1266,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>98</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>98</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
@@ -1814,51 +1814,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>51</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>85</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>