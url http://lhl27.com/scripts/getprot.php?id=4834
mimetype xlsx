--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -225,54 +225,54 @@
   <si>
     <t>31:12</t>
   </si>
   <si>
     <t>28:27</t>
   </si>
   <si>
     <t>Казанцев Николай</t>
   </si>
   <si>
     <t>35:17</t>
   </si>
   <si>
     <t>Жуков Павел</t>
   </si>
   <si>
     <t>Мячин Михаил</t>
   </si>
   <si>
     <t>Котышев Александр</t>
   </si>
   <si>
     <t>Кайбанов Дмитрий</t>
   </si>
   <si>
+    <t>Молчанов Сергей</t>
+  </si>
+  <si>
     <t>Розвезев Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Страшевский Андрей</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Кычаков Дмитрий</t>
   </si>
   <si>
     <t>Пермяков Павел</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>