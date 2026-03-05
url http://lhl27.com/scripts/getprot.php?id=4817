--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -141,54 +141,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>30-40</t>
   </si>
   <si>
     <t>40-40</t>
   </si>
   <si>
     <t>Мячин Михаил</t>
   </si>
   <si>
     <t>Галиев Игорь</t>
   </si>
   <si>
     <t>Котышев Александр</t>
   </si>
   <si>
     <t>Кайбанов Дмитрий</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
+    <t>Розвезев Михаил</t>
+  </si>
+  <si>
     <t>Молчанов Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Розвезев Михаил</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Страшевский Андрей</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шепель Александр</t>
   </si>
   <si>
     <t>Кычаков Дмитрий</t>
   </si>
   <si>
     <t>Пермяков Павел</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>