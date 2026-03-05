--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Хабаровские медведи» Vs «Полиметалл»</t>
   </si>
   <si>
     <t>2022 - 2023 Первая лига</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 21.12.2022</t>
   </si>
   <si>
     <t>Начало 21-15</t>
   </si>
   <si>
     <t>Игра FL35 HBM-PLM</t>
   </si>
   <si>
     <t>Команда « А » «Хабаровские медведи»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -114,65 +114,65 @@
   <si>
     <t>31-33</t>
   </si>
   <si>
     <t>Матвеев Кирилл</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>44-18</t>
   </si>
   <si>
     <t>38-08</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>Панов Александр</t>
+  </si>
+  <si>
+    <t>Денисов Денис</t>
+  </si>
+  <si>
+    <t>Шкуро Роман</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
-    <t>Гутов Иван</t>
-[...10 lines deleted...]
-  <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл»</t>
   </si>
   <si>
     <t>Могилевский Александр</t>
   </si>
   <si>
     <t>21-30</t>
   </si>
   <si>
     <t>01-55</t>
@@ -220,53 +220,50 @@
     <t>Чанчиков Евгений</t>
   </si>
   <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Долганин Артем</t>
   </si>
   <si>
     <t>Голенок Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1056,159 +1053,159 @@
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
@@ -2313,66 +2310,64 @@
       <c r="P55" s="20" t="s">
         <v>66</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>67</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>