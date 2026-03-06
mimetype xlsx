--- v0 (2025-12-07)
+++ v1 (2026-03-06)
@@ -99,78 +99,78 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Заремба Владимир</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>43-37</t>
   </si>
   <si>
     <t>03-00</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>20-00</t>
   </si>
   <si>
+    <t>Шишмаков Денис</t>
+  </si>
+  <si>
+    <t>29-54</t>
+  </si>
+  <si>
+    <t>Соколов Петр</t>
+  </si>
+  <si>
+    <t>43-00</t>
+  </si>
+  <si>
+    <t>Насонов Владислав</t>
+  </si>
+  <si>
+    <t>Шеронов Илья</t>
+  </si>
+  <si>
+    <t>Буряков Максим</t>
+  </si>
+  <si>
+    <t>Мерк Иван</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...22 lines deleted...]
-    <t>Мерк Иван</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>11-51</t>
   </si>
   <si>
     <t>32-54</t>
   </si>
@@ -1011,237 +1011,237 @@
       </c>
       <c r="O6" s="6">
         <v>11</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>2</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>12</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O7" s="6">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>5</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O8" s="6">
         <v>89</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>33</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O9" s="6">
         <v>89</v>
       </c>
       <c r="P9" s="6">
         <v>20</v>
       </c>
       <c r="Q9" s="6">
         <v>33</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>27</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>89</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1657,51 +1657,51 @@
       </c>
       <c r="O30" s="7">
         <v>10</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>9</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>7</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K31" s="7">
         <v>15</v>
       </c>
       <c r="L31" s="7">
         <v>16</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
@@ -1807,51 +1807,51 @@
       <c r="L34" s="7">
         <v>7</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>23</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K35" s="7">
         <v>16</v>
       </c>
       <c r="L35" s="7">
         <v>0</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
@@ -1885,51 +1885,51 @@
       <c r="L36" s="7">
         <v>0</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>44</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>61</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1939,78 +1939,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>72</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>80</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>84</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
@@ -2020,51 +2020,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>89</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>89</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>