--- v1 (2026-03-06)
+++ v2 (2026-03-06)
@@ -111,56 +111,56 @@
   <si>
     <t>43-37</t>
   </si>
   <si>
     <t>03-00</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>20-00</t>
   </si>
   <si>
     <t>Шишмаков Денис</t>
   </si>
   <si>
     <t>29-54</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>43-00</t>
   </si>
   <si>
+    <t>Шеронов Илья</t>
+  </si>
+  <si>
     <t>Насонов Владислав</t>
   </si>
   <si>
-    <t>Шеронов Илья</t>
-[...1 lines deleted...]
-  <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
@@ -213,54 +213,54 @@
   <si>
     <t>Маслаков Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>44-52</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Горохов Игорь</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
+    <t>Братега Артем</t>
+  </si>
+  <si>
     <t>Махраков Даниил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Братега Артем</t>
   </si>
   <si>
     <t>Бражников Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2020,78 +2020,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>89</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>89</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>100</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>