--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -111,69 +111,69 @@
   <si>
     <t>03-01</t>
   </si>
   <si>
     <t>08-05</t>
   </si>
   <si>
     <t>Неверов Егор</t>
   </si>
   <si>
     <t>22-03</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
+    <t>Карпусь Владислав</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
   </si>
   <si>
-    <t>Карпусь Владислав</t>
-[...1 lines deleted...]
-  <si>
     <t>Шишмаков Денис</t>
   </si>
   <si>
+    <t>Соколов Петр</t>
+  </si>
+  <si>
+    <t>Насонов Владислав</t>
+  </si>
+  <si>
+    <t>Буряков Максим</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
-  </si>
-[...7 lines deleted...]
-    <t>Буряков Максим</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Авсиевич Александр</t>
   </si>
   <si>
     <t>18-01</t>
   </si>
   <si>
     <t>07-40</t>
   </si>
   <si>
     <t>Черкасский Роман</t>
   </si>
@@ -1096,142 +1096,142 @@
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>89</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>