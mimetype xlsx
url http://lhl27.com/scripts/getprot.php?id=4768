--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -126,54 +126,54 @@
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>31:00</t>
   </si>
   <si>
     <t>Аникин Олег</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Глущенко Максим</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
   <si>
+    <t>Малашенко Сергей</t>
+  </si>
+  <si>
     <t>Севостьянов Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Малашенко Сергей</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Соболев Максим</t>
   </si>
   <si>
     <t>Урупа Андрей</t>
   </si>
   <si>
     <t>Костин Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Таежный 50»</t>
   </si>
   <si>
     <t>Тымченко Владимир</t>
   </si>