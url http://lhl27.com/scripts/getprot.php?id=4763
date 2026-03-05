--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -126,57 +126,57 @@
   <si>
     <t>Жуков Павел</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>33:15</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>39:25</t>
   </si>
   <si>
     <t>42:30</t>
   </si>
   <si>
+    <t>Молчанов Сергей</t>
+  </si>
+  <si>
+    <t>40:35</t>
+  </si>
+  <si>
     <t>Розвезев Михаил</t>
-  </si>
-[...4 lines deleted...]
-    <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>44:30</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Страшевский Андрей</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шепель Александр</t>
   </si>
   <si>
     <t>Кычаков Дмитрий</t>
   </si>
   <si>
     <t>Пермяков Павел</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>