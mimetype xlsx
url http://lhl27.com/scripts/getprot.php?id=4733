--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -171,57 +171,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>07:12</t>
   </si>
   <si>
     <t>Алексенко Максим</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
+    <t>Пляскин Михаил</t>
+  </si>
+  <si>
+    <t>11:13</t>
+  </si>
+  <si>
     <t>Мишустин Степан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>25:47</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>27:51</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Крицкий Дмитрий</t>
   </si>