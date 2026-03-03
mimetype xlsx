--- v0 (2025-12-11)
+++ v1 (2026-03-03)
@@ -108,54 +108,54 @@
   <si>
     <t>Урупа Андрей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t>Шилин Вячеслав</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
+    <t>Семендяев Евгений</t>
+  </si>
+  <si>
     <t>Чеклуев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семендяев Евгений</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Уваров Василий</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Большаков Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 