--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -183,72 +183,72 @@
   <si>
     <t>24:00</t>
   </si>
   <si>
     <t>37:19</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>30:57</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>Насонов Владислав</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Линник Никита</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1796,125 +1796,125 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>29</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>44</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>89</v>
       </c>
       <c r="B39" s="12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7"/>
       <c r="B40" s="12"/>
       <c r="C40" s="13"/>
@@ -2213,96 +2213,94 @@
       <c r="S53" s="11"/>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="11"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
       <c r="R54" s="11"/>
       <c r="S54" s="11"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A55" s="19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>