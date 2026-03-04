--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -165,96 +165,96 @@
   <si>
     <t>Матвеев Кирилл</t>
   </si>
   <si>
     <t>27:20</t>
   </si>
   <si>
     <t>19:20</t>
   </si>
   <si>
     <t>Заремба Владимир</t>
   </si>
   <si>
     <t>32:45</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>34:08</t>
   </si>
   <si>
     <t>35:10</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
     <t>Коломиец Виктор</t>
   </si>
   <si>
-    <t>Заикин Илья</t>
-[...1 lines deleted...]
-  <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Зорин Никита</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Ромашков Ярослав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2130,78 +2130,78 @@
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>89</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>89</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>93</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>