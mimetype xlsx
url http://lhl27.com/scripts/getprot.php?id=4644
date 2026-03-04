--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -183,69 +183,69 @@
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>Лукашев Тарас</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>43:43</t>
   </si>
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>18:30</t>
   </si>
   <si>
+    <t>Недбайлов Алексей</t>
+  </si>
+  <si>
+    <t>24:00</t>
+  </si>
+  <si>
     <t>Рыженков Дмитрий</t>
   </si>
   <si>
-    <t>24:00</t>
-[...4 lines deleted...]
-  <si>
     <t>40:01</t>
   </si>
   <si>
     <t>Базалий Максим</t>
   </si>
   <si>
+    <t>Бордаковский Александр</t>
+  </si>
+  <si>
     <t>Глушков Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бордаковский Александр</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Куделин Андрей</t>
   </si>
   <si>
     <t>Перелыгин Максим</t>
   </si>
   <si>
     <t>Правский Артем</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Гостев Владимир</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
@@ -1759,88 +1759,88 @@
       <c r="L32" s="7">
         <v>28</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K33" s="7">
         <v>28</v>
       </c>
       <c r="L33" s="7">
         <v>95</v>
       </c>
       <c r="M33" s="7">
         <v>52</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>12</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K34" s="7">
         <v>4</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
@@ -1860,78 +1860,78 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>15</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>15</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>18</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>