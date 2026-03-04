--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -129,57 +129,57 @@
   <si>
     <t>08:06</t>
   </si>
   <si>
     <t>Мячин Михаил</t>
   </si>
   <si>
     <t>38:14</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>Котышев Александр</t>
   </si>
   <si>
     <t>18:10</t>
   </si>
   <si>
     <t>Кайбанов Дмитрий</t>
   </si>
   <si>
     <t>33:56</t>
   </si>
   <si>
+    <t>Розвезев Михаил</t>
+  </si>
+  <si>
+    <t>34:32</t>
+  </si>
+  <si>
     <t>Молчанов Сергей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Розвезев Михаил</t>
   </si>
   <si>
     <t>43:39</t>
   </si>
   <si>
     <t>Страшевский Андрей</t>
   </si>
   <si>
     <t>44:18</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Белотелов Виктор</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Шепель Александр</t>
   </si>
   <si>
     <t>Пермяков Павел</t>
   </si>