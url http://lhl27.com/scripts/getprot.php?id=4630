--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Бастион» Vs «Невада»</t>
   </si>
   <si>
     <t>2022 - 2023 Вторая лига</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 03.10.2022</t>
   </si>
   <si>
     <t>Начало 21-30</t>
   </si>
   <si>
     <t>Игра SL11 BST-NVD</t>
   </si>
   <si>
     <t>Команда « А » «Бастион»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -111,59 +111,59 @@
   <si>
     <t>17:00</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>20:20</t>
   </si>
   <si>
     <t>33:40</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>42:20</t>
   </si>
   <si>
+    <t>Недбайлов Алексей</t>
+  </si>
+  <si>
+    <t>44:20</t>
+  </si>
+  <si>
     <t>Рыженков Дмитрий</t>
   </si>
   <si>
-    <t>44:20</t>
-[...4 lines deleted...]
-  <si>
     <t>Базалий Максим</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>Пименов Евгений</t>
   </si>
   <si>
     <t>Агапов Сергей</t>
   </si>
   <si>
     <t>Перелыгин Максим</t>
   </si>
   <si>
     <t>Правский Артем</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
@@ -232,53 +232,50 @@
     <t>39:15</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Шаркунов Максим</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1056,86 +1053,86 @@
       </c>
       <c r="O7" s="6">
         <v>32</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>9</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>12</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="O8" s="6">
         <v>16</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>19</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>13</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -2374,53 +2371,51 @@
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
         <v>71</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>