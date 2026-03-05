--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -171,57 +171,57 @@
   <si>
     <t>Команда « Б » «Синергия (DC)»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>32:44</t>
   </si>
   <si>
     <t>20:30</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>34:42</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>36:00</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
+    <t>37:07</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Шмелев Александр</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Чеботарев Денис</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Новосельцев Ярослав</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -1710,86 +1710,86 @@
         <v>26</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O32" s="7">
         <v>78</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>2</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O33" s="7">
         <v>87</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>30</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">