--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -135,66 +135,66 @@
   <si>
     <t>20:54</t>
   </si>
   <si>
     <t>31:53</t>
   </si>
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>25:08</t>
   </si>
   <si>
     <t>44:57</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>33:01</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>+1</t>
   </si>
   <si>
     <t>38:58</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>43:37</t>
   </si>
   <si>
     <t>Белотелов Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Мишустин Егор</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия (DC)»</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>42:29</t>
   </si>
@@ -1172,127 +1172,127 @@
       <c r="L9" s="6">
         <v>9</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>30</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J10" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K10" s="6">
         <v>14</v>
       </c>
       <c r="L10" s="6">
         <v>95</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>35</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K11" s="6">
         <v>88</v>
       </c>
       <c r="L11" s="6">
         <v>16</v>
       </c>
       <c r="M11" s="8">
         <v>30</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>52</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>88</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1830,51 +1830,51 @@
         <v>26</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O33" s="7">
         <v>88</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>30</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O34" s="7">
         <v>37</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
@@ -1956,51 +1956,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>40</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>44</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -2118,51 +2118,51 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>83</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>87</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
@@ -2199,51 +2199,51 @@
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>91</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7"/>
       <c r="B48" s="12"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7"/>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>