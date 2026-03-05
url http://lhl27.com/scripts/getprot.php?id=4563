--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -141,57 +141,57 @@
   <si>
     <t>33-12</t>
   </si>
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>39-12</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>44-58</t>
   </si>
   <si>
     <t>Мустакимов Андрей</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Белотелов Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Мишустин Егор</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж (DC)»</t>
   </si>
   <si>
     <t>Башев Владислав</t>
   </si>
   <si>
     <t>25-20</t>
   </si>
@@ -1211,105 +1211,105 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>35</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>52</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>88</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1909,51 +1909,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>98</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7"/>
       <c r="B40" s="12"/>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7"/>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>