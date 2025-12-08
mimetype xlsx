--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -120,57 +120,57 @@
   <si>
     <t>24-05</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>24-45</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>38-20</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1126,78 +1126,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>27</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>28</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1660,51 +1660,51 @@
       </c>
       <c r="O30" s="7">
         <v>77</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K31" s="7">
         <v>25</v>
       </c>
       <c r="L31" s="7">
         <v>51</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>31</v>
       </c>
       <c r="O31" s="7"/>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">