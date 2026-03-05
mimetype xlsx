--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -117,102 +117,102 @@
   <si>
     <t>Зенков Михаил</t>
   </si>
   <si>
     <t>02:58</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>26:04</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>34:01</t>
   </si>
   <si>
     <t>Зенков Леонид</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
-    <t>Васильев Кирилл</t>
-[...4 lines deleted...]
-  <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>23:23</t>
   </si>
   <si>
+    <t>Юдин Виталий</t>
+  </si>
+  <si>
+    <t>27:52</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
-  </si>
-[...4 lines deleted...]
-    <t>Юдин Виталий</t>
   </si>
   <si>
     <t>41:39</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Овис Марк</t>
   </si>
@@ -1090,78 +1090,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>27</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>27</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>28</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1639,88 +1639,88 @@
       </c>
       <c r="O30" s="7">
         <v>18</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>7</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>3</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K31" s="7">
         <v>18</v>
       </c>
       <c r="L31" s="7">
         <v>13</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>3</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K32" s="7">
         <v>7</v>
       </c>
       <c r="L32" s="7">
         <v>18</v>
       </c>
       <c r="M32" s="7">
         <v>91</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">