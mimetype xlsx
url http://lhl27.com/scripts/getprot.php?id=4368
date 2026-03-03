--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -162,60 +162,60 @@
   <si>
     <t>Ланкин Илья</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Марченко Артем</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Денисов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул*»</t>
   </si>
   <si>
+    <t>Юдин Виталий</t>
+  </si>
+  <si>
+    <t>29:51</t>
+  </si>
+  <si>
+    <t>6:56</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
-  </si>
-[...7 lines deleted...]
-    <t>Юдин Виталий</t>
   </si>
   <si>
     <t>37:12</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
@@ -1612,96 +1612,96 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>3</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K30" s="7">
         <v>95</v>
       </c>
       <c r="L30" s="7">
         <v>18</v>
       </c>
       <c r="M30" s="7">
         <v>71</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O30" s="7">
         <v>39</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>3</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="7">
         <v>18</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="O31" s="7">
         <v>77</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>