--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -195,60 +195,60 @@
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
     <t>15:30</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>16:15</t>
   </si>
   <si>
     <t>38:40</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
     <t>18:20</t>
   </si>
   <si>
     <t>40:50</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
+    <t>19:30</t>
+  </si>
+  <si>
+    <t>42:15</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>44:45</t>
   </si>
   <si>
     <t>43:50</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
@@ -1844,96 +1844,96 @@
       </c>
       <c r="O34" s="7">
         <v>12</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>13</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K35" s="7">
         <v>58</v>
       </c>
       <c r="L35" s="7">
         <v>27</v>
       </c>
       <c r="M35" s="7">
         <v>7</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O35" s="7">
         <v>18</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>3</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="H36" s="7">
         <v>7</v>
       </c>
       <c r="I36" s="7">
         <v>-1</v>
       </c>
       <c r="J36" s="7" t="s">
         <v>63</v>
       </c>
       <c r="K36" s="7">
         <v>77</v>
       </c>
       <c r="L36" s="7">
         <v>28</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7" t="s">
         <v>64</v>
       </c>
       <c r="O36" s="7">
         <v>7</v>
       </c>