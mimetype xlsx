--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -186,54 +186,54 @@
   <si>
     <t>14-25</t>
   </si>
   <si>
     <t>Цисляк Игорь</t>
   </si>
   <si>
     <t>Егорычев Евгений</t>
   </si>
   <si>
     <t>Плетухин Никита</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>Юн Олег</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Рассейкин Максим</t>
   </si>
   <si>
+    <t>Готальский Дмитрий</t>
+  </si>
+  <si>
     <t>Дереча Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Готальский Дмитрий</t>
   </si>
   <si>
     <t>Чеховский Михаил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>