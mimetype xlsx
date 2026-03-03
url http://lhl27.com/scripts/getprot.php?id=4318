--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -201,57 +201,57 @@
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>18:33</t>
   </si>
   <si>
     <t>44:59</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>39:13</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>42:32</t>
   </si>
   <si>
+    <t>Абрамов Алексей</t>
+  </si>
+  <si>
+    <t>44:08</t>
+  </si>
+  <si>
     <t>Голощапов Николай</t>
-  </si>
-[...4 lines deleted...]
-    <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Овчинников Николай</t>
   </si>
   <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
@@ -2045,51 +2045,51 @@
       <c r="B40" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>44</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">