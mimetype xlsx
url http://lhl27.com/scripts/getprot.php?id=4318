--- v1 (2026-03-03)
+++ v2 (2026-03-04)
@@ -201,57 +201,57 @@
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>18:33</t>
   </si>
   <si>
     <t>44:59</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>39:13</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>42:32</t>
   </si>
   <si>
+    <t>Голощапов Николай</t>
+  </si>
+  <si>
+    <t>44:08</t>
+  </si>
+  <si>
     <t>Абрамов Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Овчинников Николай</t>
   </si>
   <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>