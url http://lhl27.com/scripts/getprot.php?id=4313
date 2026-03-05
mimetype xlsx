--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -141,57 +141,57 @@
   <si>
     <t>Лазарев Владимир</t>
   </si>
   <si>
     <t>34:15</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44:20</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Воронцов Роман</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДВГАФК»</t>
   </si>
   <si>
     <t>Огурцов Александр</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>Шарыгин Артемий</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
@@ -1198,105 +1198,105 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>29</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>30</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>31</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5"/>
       <c r="B16" s="12"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
@@ -1807,51 +1807,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>20</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>100</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>