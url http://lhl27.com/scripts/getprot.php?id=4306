--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -1897,51 +1897,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>41</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>