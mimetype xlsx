--- v1 (2026-03-04)
+++ v2 (2026-03-04)
@@ -108,60 +108,60 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>00:22</t>
   </si>
   <si>
     <t>14:31</t>
   </si>
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>32:18</t>
   </si>
   <si>
     <t>Малахов Виталий</t>
   </si>
   <si>
     <t>19:02</t>
   </si>
   <si>
+    <t>Рыженков Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>22:21</t>
+  </si>
+  <si>
     <t>Недбайлов Алексей</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>25:17</t>
   </si>
   <si>
     <t>Малков Александр</t>
   </si>
   <si>
     <t>34:47</t>
   </si>
   <si>
     <t>Агапов Сергей</t>
   </si>
   <si>
     <t>41:27</t>
   </si>
   <si>
     <t>Правский Артем</t>
   </si>
   <si>
     <t>44:19</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
@@ -1058,125 +1058,125 @@
       <c r="L7" s="6">
         <v>12</v>
       </c>
       <c r="M7" s="8">
         <v>29</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>12</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="K8" s="6">
         <v>10</v>
       </c>
       <c r="L8" s="6">
         <v>17</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K9" s="6">
         <v>12</v>
       </c>
       <c r="L9" s="6">
         <v>7</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>14</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="6">
         <v>10</v>
       </c>
       <c r="L10" s="6">
         <v>17</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
@@ -1270,51 +1270,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>79</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1351,51 +1351,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>89</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>91</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1727,51 +1727,51 @@
       </c>
       <c r="O30" s="7">
         <v>17</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>16</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O31" s="7">
         <v>25</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>17</v>
@@ -1816,78 +1816,78 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>25</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>25</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1924,51 +1924,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>41</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>73</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -2005,51 +2005,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>90</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>95</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>