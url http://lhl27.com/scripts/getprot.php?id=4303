--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -1736,51 +1736,51 @@
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="7">
         <v>8</v>
       </c>
       <c r="L31" s="7">
         <v>86</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O31" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>6</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>8</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="7">
@@ -2106,51 +2106,51 @@
       <c r="B42" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">