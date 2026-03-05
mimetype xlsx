--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1823,51 +1823,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>29</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>30</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>