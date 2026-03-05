--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -117,60 +117,60 @@
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>12:34</t>
   </si>
   <si>
     <t>29:24</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>25:01</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
     <t>43:12</t>
   </si>
   <si>
     <t>36:42</t>
   </si>
   <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>37:41</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...7 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>42:17</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>44:44</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1123,86 +1123,86 @@
       </c>
       <c r="O8" s="6">
         <v>3</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>9</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>33</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="O9" s="6">
         <v>71</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>5</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O10" s="6">
         <v>38</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>42</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>38</v>
@@ -1712,51 +1712,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K30" s="7">
         <v>71</v>
       </c>
       <c r="L30" s="7">
         <v>84</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O30" s="7">
         <v>24</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>