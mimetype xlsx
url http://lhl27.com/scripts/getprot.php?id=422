--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -114,66 +114,66 @@
   <si>
     <t>Бикметов Александр</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Плахотный Андрей</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Белов Евгений</t>
+  </si>
+  <si>
+    <t>Цёмик Евгений</t>
+  </si>
+  <si>
+    <t>Шелыганов Вадим</t>
+  </si>
+  <si>
+    <t>Ильин Евгений</t>
+  </si>
+  <si>
+    <t>Реутов Андрей</t>
+  </si>
+  <si>
     <t>Вр</t>
-  </si>
-[...13 lines deleted...]
-    <t>Реутов Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы»</t>
   </si>
   <si>
     <t>Лысиков Алексей</t>
   </si>
   <si>
     <t>Тарасов Андрей</t>
   </si>
   <si>
     <t>Жуков Максим</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
@@ -1136,186 +1136,186 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>30</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>34</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>35</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>41</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>73</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
@@ -1571,51 +1571,51 @@
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>5</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
@@ -1814,51 +1814,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>41</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>44</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>