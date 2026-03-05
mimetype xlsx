--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Алькор*» Vs «Восточный»</t>
   </si>
   <si>
     <t>2021 - 2022 Лига Джентльменов</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 21.11.2021</t>
   </si>
   <si>
     <t>Начало 19.00</t>
   </si>
   <si>
     <t>Игра 10/ДЖ -/+</t>
   </si>
   <si>
     <t>Команда « А » «Алькор*»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -138,144 +138,141 @@
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>39:15</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>43:20</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Балакирев Сергей</t>
   </si>
   <si>
     <t>Афанасьев Максим</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Ермаков Дмитрий</t>
+  </si>
+  <si>
+    <t>Ананин Сергей</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Ермаков Андрей</t>
+  </si>
+  <si>
     <t>Шехматов Сергей</t>
   </si>
   <si>
-    <t>Солоха Виктор</t>
-[...13 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Восточный»</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>40:00</t>
   </si>
   <si>
     <t>19:50</t>
   </si>
   <si>
     <t>37:00</t>
   </si>
   <si>
     <t>Тымченко Владимир</t>
   </si>
   <si>
+    <t>Воронов Александр</t>
+  </si>
+  <si>
     <t>Ятченко Роман</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Воронов Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Бабий Алексей</t>
   </si>
   <si>
     <t>Козак Виктор</t>
   </si>
   <si>
     <t>Касьянов Алексей</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Лопатин Александр</t>
   </si>
   <si>
     <t>Александров Владимир</t>
   </si>
   <si>
     <t>Звягинцев Максим</t>
   </si>
   <si>
     <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Васильев Андрей</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1256,186 +1253,186 @@
       <c r="B14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
@@ -1795,78 +1792,78 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>11</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>11</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>14</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -2343,53 +2340,51 @@
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
         <v>70</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>