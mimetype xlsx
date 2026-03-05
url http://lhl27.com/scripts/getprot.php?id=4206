--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -1264,51 +1264,51 @@
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">