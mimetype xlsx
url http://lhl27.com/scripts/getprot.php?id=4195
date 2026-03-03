--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -156,54 +156,54 @@
   <si>
     <t>34-10</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
+    <t>Ромашков Ярослав</t>
+  </si>
+  <si>
     <t>Семенов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Центурион*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>03-50</t>
   </si>
   <si>
     <t>10-47</t>
   </si>
   <si>
     <t>Ищенко Павел</t>
   </si>
   <si>
     <t>14-01</t>
   </si>
@@ -1360,78 +1360,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>89</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>89</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -2012,51 +2012,51 @@
       <c r="B40" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">