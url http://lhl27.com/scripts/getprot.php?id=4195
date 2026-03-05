--- v1 (2026-03-03)
+++ v2 (2026-03-05)
@@ -156,54 +156,54 @@
   <si>
     <t>34-10</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Ромашков Ярослав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Центурион*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>03-50</t>
   </si>
   <si>
     <t>10-47</t>
   </si>
   <si>
     <t>Ищенко Павел</t>
   </si>
   <si>
     <t>14-01</t>
   </si>
@@ -1360,78 +1360,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>89</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>89</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>