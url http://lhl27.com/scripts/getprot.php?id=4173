--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -147,54 +147,54 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>Писарев Артем</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Магодеев Евгений</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Центурион*»</t>
   </si>
   <si>
     <t>Ищенко Павел</t>
   </si>
@@ -1334,78 +1334,78 @@
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
@@ -2033,51 +2033,51 @@
       <c r="B39" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">