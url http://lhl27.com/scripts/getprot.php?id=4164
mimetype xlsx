--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Авто-ген*» Vs «Ресурс*»</t>
   </si>
   <si>
     <t>2021 - 2022 Вторая Лига</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 04.12.2021</t>
   </si>
   <si>
     <t>Начало 21.15</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 78/2 </t>
   </si>
   <si>
     <t>Команда « А » «Авто-ген*»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -87,71 +87,71 @@
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>42:28</t>
   </si>
   <si>
+    <t>Галушко Александр</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>Никитюк Андрей</t>
+  </si>
+  <si>
+    <t>Иванов Сергей</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>Устюжанин Сергей</t>
+  </si>
+  <si>
     <t>Кулеш Олег</t>
   </si>
   <si>
-    <t>Нп</t>
-[...16 lines deleted...]
-  <si>
     <t>Кожуховский Сергей</t>
   </si>
   <si>
     <t>Жук Александр</t>
   </si>
   <si>
     <t>Яковцев Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ресурс*»</t>
   </si>
   <si>
     <t>Большаков Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>33:57</t>
@@ -190,53 +190,50 @@
     <t>Шадрин Сергей</t>
   </si>
   <si>
     <t>Сафонов Виктор</t>
   </si>
   <si>
     <t>Глущенко Максим</t>
   </si>
   <si>
     <t>Якушкин Андрей</t>
   </si>
   <si>
     <t>Полищук Кирилл</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Филиппенко Александр</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -936,223 +933,223 @@
     <row r="6" spans="1:19">
       <c r="A6" s="5"/>
       <c r="B6" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>55</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>68</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>87</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1679,78 +1676,78 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>13</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>14</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>17</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -2199,66 +2196,64 @@
       <c r="P55" s="20" t="s">
         <v>56</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>57</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>