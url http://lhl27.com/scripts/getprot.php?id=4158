--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -123,57 +123,57 @@
   <si>
     <t>20:05</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Деулин Евгений</t>
   </si>
   <si>
     <t>Губин Виктор</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смазнов Руслан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс*»</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>18:24</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>+1</t>
   </si>
@@ -1185,78 +1185,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>98</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>98</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5"/>
       <c r="B16" s="12"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
@@ -1731,51 +1731,51 @@
       <c r="L33" s="7">
         <v>35</v>
       </c>
       <c r="M33" s="7">
         <v>77</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>27</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K34" s="7">
         <v>34</v>
       </c>
       <c r="L34" s="7">
         <v>7</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">